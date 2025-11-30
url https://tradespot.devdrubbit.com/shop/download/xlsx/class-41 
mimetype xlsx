--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -4,98 +4,95 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
-    <t>BANNERI</t>
+    <t>CORDOBA APASIONADA</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Clase 41</t>
   </si>
   <si>
     <t>Precio Fijo</t>
   </si>
   <si>
+    <t>Denominativa</t>
+  </si>
+  <si>
+    <t>Publicación</t>
+  </si>
+  <si>
+    <t>ONDA ROJA</t>
+  </si>
+  <si>
     <t>Mixta</t>
-  </si>
-[...10 lines deleted...]
-    <t>ONDA ROJA</t>
   </si>
   <si>
     <t>ONSPORTS</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>SIX WEEKS</t>
   </si>
   <si>
     <t>ARGENTINA FOODTRUCK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="2">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
@@ -112,218 +109,193 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3328597-fd0b5ed22b81bf339c2c3dfbf73b1aeabd073e9d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620914490042.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G7"/>
+  <dimension ref="A1:G6"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="0"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G3" s="0"/>
+      <c r="G3" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="0"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G6" s="0"/>
-[...20 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328597-fd0b5ed22b81bf339c2c3dfbf73b1aeabd073e9d" tooltip="https://tradespot.devdrubbit.com/b/3328597-fd0b5ed22b81bf339c2c3dfbf73b1aeabd073e9d"/>
-[...8 lines deleted...]
-    <hyperlink ref="G7" r:id="rId10" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg"/>
+    <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" tooltip="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b"/>
+    <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" tooltip="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44"/>
+    <hyperlink ref="G3" r:id="rId3" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg"/>
+    <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" tooltip="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39"/>
+    <hyperlink ref="G4" r:id="rId5" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg"/>
+    <hyperlink ref="F5" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" tooltip="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2"/>
+    <hyperlink ref="F6" r:id="rId7" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" tooltip="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987"/>
+    <hyperlink ref="G6" r:id="rId8" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>